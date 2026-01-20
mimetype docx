--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -1,269 +1,264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
+        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:widowControl w:val="off"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение к ПЗ № 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:widowControl w:val="off"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:widowControl w:val="off"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:widowControl w:val="off"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-        <w:ind w:left="5528" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">к протоколу заседания Комитета по развитию розничного бизнеса от 17.06.2025 №41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6237"/>
         <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6094" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">№</w:t>
       </w:r>
@@ -277,53 +272,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6094" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">к </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Условиям </w:t>
@@ -344,90 +339,90 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> лояльности</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="none"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Правила</w:t>
       </w:r>
       <w:r>
@@ -463,53 +458,53 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">кции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«Приводи своих друзей» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -545,147 +540,147 @@
         <w:t xml:space="preserve"> в рамках Условий Программы лояльности</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:jc w:val="center"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">вводятся в действие с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 02.07.2025)</w:t>
+        <w:t xml:space="preserve"> 01.12.2025)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
@@ -963,53 +958,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ru-RU"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ru-RU"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ru-RU"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
@@ -1113,53 +1108,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
@@ -1215,66 +1210,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Основная цель проведения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Акции </w:t>
@@ -1317,181 +1312,181 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Задачи, решаемые в рамках проведения Акции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – продвижение среди физических лиц продуктов и услуг Банка.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Место проведения Акции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – система «Мобильный банк», обеспечивающая через сеть Интернет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> дистанционное банковское обслуживание (далее – ДБО).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Период проведения Акции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – c 00:00 (по</w:t>
       </w:r>
@@ -1708,2406 +1703,2347 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1256"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1242"/>
-        <w:gridCol w:w="2092"/>
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2301"/>
+        <w:gridCol w:w="1917"/>
         <w:gridCol w:w="2092"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1242" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve">Периоды проведения Акции </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Период выполнения Клиентом условий по п. 6.1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (по московскому времени)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Условия Акции, выполненные Другом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Период выполнения Клиентом условий по п. 6.1 </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Период выполнения Другом условий </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Акции (по московскому времени)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="none"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> (по московскому времени)</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Период начисления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дополнительных Бонусных баллов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по московскому времени)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx/>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1242" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Первый период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00  31.03.2025 по 23:59 30.06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 (включительно) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00  31.03.2025 по 23:59 30.11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 (включительно) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="none"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Условия Акции, выполненные Другом</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30.04.2025 по 23:59 30.12.2025 (включительно)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx/>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1242" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Второй период</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2092" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="none"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Период выполнения Другом условий </w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="none"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Акции (по московскому времени)</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00  01.07.2025 по 23:59 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 (включительно)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">(по московскому времени)</w:t>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п. 6.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил проведения Акции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
-          </w:p>
-[...137 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="20"/>
-[...270 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve">c 00:00  01.07.2025 по 23:59 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">31</w:t>
+              <w:t xml:space="preserve">30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">08</w:t>
+              <w:t xml:space="preserve">12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2025 (включительно)</w:t>
+              <w:t xml:space="preserve">.2025 (включительно) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01.08.2025 по 23:59 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (включительно)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx/>
+        <w:trPr>
+          <w:trHeight w:val="905"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1242" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Третий период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 по 23:59 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.2025 (включительно)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-              </w:rPr>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">п. 6.3</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> настоящих Правил проведения Акции</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-              </w:rPr>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил проведения Акции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c 00:00  01.09.2025 по 23:59 30.01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2026 (включительно) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-              </w:rPr>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">c 00:00  01.07.2025 по 23:59 </w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-[...43 lines deleted...]
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-              </w:rPr>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">c 00:00 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">01.08.2025 по 23:59 3</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01.10.2025 по 23:59 01</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">1</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">.</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">03</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">01</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">.202</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (включительно)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> (включительно)</w:t>
+                <w:highlight w:val="none"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-[...7 lines deleted...]
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
-              </w:rPr>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="white"/>
+                <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1242" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Четвертый период</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Третий период</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-            </w:r>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">c 00:00 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2025 по 23:59 28</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.02</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.2026 (включительно)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">п. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 настоящих Правил проведения Акции</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">c 00:00 </w:t>
+              <w:t xml:space="preserve">c 00:00  01.12.2025 по 23:59 30.04</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">01</w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">1.2025 (включительно)</w:t>
+              <w:t xml:space="preserve">.2026 (включительно) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
+              <w:suppressLineNumbers w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:suppressLineNumbers w:val="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:bCs w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-            </w:pPr>
-[...91 lines deleted...]
-            <w:pPr>
               <w:suppressLineNumbers w:val="0"/>
-              <w:shd w:val="clear" w:color="ffffff" w:themeColor="background1" w:fill="ffffff" w:themeFill="background1"/>
-[...799 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">c 00:00 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
@@ -4158,152 +4094,152 @@
               </w:rPr>
               <w:t xml:space="preserve"> (включительно)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:shd w:val="clear" w:color="ffffff" w:fill="ffffff"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
+        <w:suppressLineNumbers w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Термины, применяемые в настоящих Правилах проведения Акции:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Друг (Реферал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) –</w:t>
@@ -4357,53 +4293,53 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил проведения Акции.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Клиент (Реферер) – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">физическое лицо, присоединившееся к </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4470,53 +4406,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">нтернет-банк» и «Мобильный банк», и у которого на мобильное устройство установлена система «Мобильный банк».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Продукт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – основная персонифицированная или неперсонифицированная </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4537,99 +4473,99 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">а Плюс» (далее – Карта).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Участник Акции – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Друг (Реферал) и Клиент (Реферер).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
@@ -4682,53 +4618,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> «Свой Вклад».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Накопительный счет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> – накопительный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4786,56 +4722,57 @@
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
+      <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Дебетовая карта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4857,53 +4794,53 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">енная для совершения расчетных операций в соответствии с действующим законодательством Российской Федерации и Условиями комплексного банковского обслуживания держателей карт </w:t>
         <w:br/>
         <w:t xml:space="preserve">АО «Россельхозбанк» (далее – УКБО).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Расходная операция – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">совершенная с использован</w:t>
       </w:r>
       <w:r>
@@ -4983,53 +4920,53 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Работник фронт-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5093,53 +5030,53 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> открытия счетов и связанные с этими действиям процедурами сопровождения, назначаемое соответствующим распорядительным документом (приказом/распоряжением) Банка/филиала Банка.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5167,96 +5104,96 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок и условия проведения Акции:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Клиент формирует посредством ДБО уникальную ссылку/ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">QR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5303,56 +5240,56 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил проведения Акции. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае направления Клиентом  Другу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">уникальной ссылки / QR-кода</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5406,56 +5343,56 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">оформляет заявку на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5488,56 +5425,56 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – Заявка);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">обращается в подразделение Банка, которое было выбрано при заполнении Заявки, для оформления Заявления в соо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">тветствии с УКБО </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5613,87 +5550,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">90 (девяносто) календарных дней с даты подачи Заявки;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> выполняет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5737,53 +5674,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="289" w:right="0" w:firstLine="420"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2.3.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -5827,56 +5764,56 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">тысяч) рублей РФ;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="289" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.2.3.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5939,56 +5876,56 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае направления Клиентом  Другу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">уникальной ссылки / QR-кода</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6113,53 +6050,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.3.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6171,53 +6108,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.3.2. обращается в подразделение Банка, которое было выбрано при заполнении Заявки, для оформления Заявления в соо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">тветствии с УКБО </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6293,1848 +6230,1929 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">90 (девяносто) календарных дней с даты подачи Заявки;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="0" w:right="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыполняет одно из следующих условий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...61 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зачисление на Карту заработной платы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1255"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на данную Карту в сумме не менее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 000 (пятнадцать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысяч) рублей РФ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...105 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зачисление на Карту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетной выплаты (в том числе пенси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1255"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сумме не менее 5 000 (пять </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...126 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 5 (пять) календарных дней с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения Карты открывает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">посредством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДБО Вклад на сумму не менее 300000 (триста тысяч) рублей РФ включительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> остаток на Вкладе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сумме, не менее указанной в п.7.2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 (тридцать) дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...159 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 5 (пять) календарных дней </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения Карты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открывает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">посредством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДБО Накопительный счет на сумму не менее 300000 (триста тысяч) рублей РФ включительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> остаток на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Накопительном счете </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сумм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не менее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">300000 (триста тысяч) рублей РФ включительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 (тридцать) дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с даты открытия Накопительного счета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...230 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае направления Клиентом Другу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уникальной ссылки / QR-кода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Четвёртый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">период проведения Акции в соответствии с п. 4 настоящих Правил проведения Акции, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Друг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение Периода выполнения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ругом условия Акции в рамках Четвертого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">периода проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оформляет Заявку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...76 lines deleted...]
-        <w:t xml:space="preserve">ругом условия Акции в рамках Четвертого</w:t>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.2. обращается в подразделение Банка, которое было выбрано при заполнении Заявки, для оформления Заявления в соо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тветствии с УКБО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ает</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">периода проведения Акции</w:t>
-[...22 lines deleted...]
-          <w:highlight w:val="none"/>
+        <w:t xml:space="preserve">К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">90 (девяносто) календарных дней с даты подачи Заявки;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...57 lines deleted...]
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...117 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыполняет одно из следующих условий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...61 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зачисление на Карту заработной платы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1255"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на данную Карту в сумме не менее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 000 (пятнадцать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысяч) рублей РФ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...105 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зачисление на Карту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетной выплаты (в том числе пенси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1255"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сумме не менее 5 000 (пять </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...126 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 5 (пять) календарных дней с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения Карты открывает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">посредством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДБО Вклад на сумму не менее 300000 (триста тысяч) рублей РФ включительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> остаток на Вкладе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сумме, не менее указанной в п.7.2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 (тридцать) дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...159 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение 5 (пять) календарных дней </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения Карты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открывает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">посредством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДБО Накопительный счет на сумму не менее 300000 (триста тысяч) рублей РФ включительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> остаток на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Накопительном счете </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сумм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не менее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">300000 (триста тысяч) рублей РФ включительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 (тридцать) дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с даты открытия Накопительного счета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...230 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1559" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1559" w:leader="none"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1559" w:leader="none"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="0"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Условия и порядок получения </w:t>
       </w:r>
       <w:r>
@@ -8156,56 +8174,56 @@
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
         <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
-          <w:ilvl w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="e16a0a" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Условия получения Клиентом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8307,53 +8325,53 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="e16a0a" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="e16a0a" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент выполнил действия в соответствии с п. 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8366,53 +8384,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент на момент </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">начисления</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8449,53 +8467,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент совершил Расходную операцию на любую сумму в течение 90 (девяносто) календарных дней, предшествующих выполнению Другом условий получения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -8532,53 +8550,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8634,53 +8652,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">При выполнении Другом одновременно нескольких условий, предусмотренных </w:t>
       </w:r>
       <w:r>
@@ -8866,53 +8884,53 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7.1.1. </w:t>
       </w:r>
       <w:r>
@@ -8945,53 +8963,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Банк начислит </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9209,107 +9227,107 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6 настоящих Правил проведения Акции:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1256"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6628"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6628" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Условие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, выполненное </w:t>
             </w:r>
@@ -9330,111 +9348,111 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">ом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество Бонусных баллов для Клиента</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6628" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспеч</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ено</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -9488,157 +9506,157 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
               <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6628" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспечено зачисление </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> на Карту </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -9716,177 +9734,177 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
               <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10003,53 +10021,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент выполнил действия в соответствии с п. 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10062,53 +10080,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент на момент </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">начисления</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10145,53 +10163,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент совершил Расходную операцию на любую сумму в течение 90 (девяносто) календарных дней, предшествующих выполнению Другом условий получения </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10228,53 +10246,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10324,53 +10342,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">При выполнении Другом одновременно нескольких условий, предусмотренных в п.п. 6.3.3.1-6.3.3.4 настоящих Правил проведения Акции, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -10530,53 +10548,53 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.2.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок получения Клиентом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10600,53 +10618,53 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Банк начислит </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10865,64 +10883,64 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1256"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6769"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Условие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, выполненное </w:t>
             </w:r>
@@ -10943,111 +10961,111 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">ом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество Бонусных баллов для Клиента</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспеч</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -11116,149 +11134,149 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
               <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспечено зачисление </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">на Карту </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11336,149 +11354,149 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
               <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней с момента получения Карты открыт в ДБО Вклад на сумму </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11665,112 +11683,112 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">750</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней с момента получения Карты открыт в ДБО Вклад на сумму </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">не менее</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11967,112 +11985,112 @@
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12268,135 +12286,135 @@
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7.3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> У</w:t>
       </w:r>
@@ -12520,53 +12538,53 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент выполнил действия в соответствии с п. 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
@@ -12586,54 +12604,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент на момент </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">начисления</w:t>
       </w:r>
@@ -12680,54 +12698,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент совершил Расходную операцию на любую сумму в течение 90 (девяносто) календарных дней, предшествующих выполнению Другом условий</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, предусмотренных </w:t>
       </w:r>
@@ -12738,54 +12756,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">в п.п. 6.3.3.1-6.3.3.4 настоящих Правил проведения Акции;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12885,54 +12903,54 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">При выполнении Другом одновременно нескольких условий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -13120,93 +13138,93 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
@@ -13233,124 +13251,119 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок получения Клиентом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> при выполнении условий в соответствии с п. </w:t>
       </w:r>
-      <w:commentRangeStart w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...2 lines deleted...]
-        <w:commentReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Банк начислит </w:t>
       </w:r>
@@ -13565,95 +13578,134 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">6 настоящих Правил проведения Акции за</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1250"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1256"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6769"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Условие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, выполненное </w:t>
             </w:r>
@@ -13674,113 +13726,113 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">ом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество Бонусных баллов для Клиента</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспеч</w:t>
             </w:r>
             <w:r>
@@ -13842,177 +13894,139 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">15 000 (пятнадцать </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ;</w:t>
-            </w:r>
-[...36 lines deleted...]
-              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспечено зачисление </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">на Карту </w:t>
             </w:r>
@@ -14084,220 +14098,182 @@
                 <w:rStyle w:val="1255"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:footnoteReference w:id="14"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> в сумме не менее 5 000 (пять </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
-            </w:r>
-[...36 lines deleted...]
-              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней с момента получения Карты открыт в ДБО Вклад на сумму </w:t>
             </w:r>
             <w:r>
@@ -14497,114 +14473,114 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">750</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней с момента получения Карты открыт в ДБО Вклад на сумму </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">не менее</w:t>
             </w:r>
@@ -14815,116 +14791,116 @@
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней </w:t>
             </w:r>
             <w:r>
@@ -15134,137 +15110,137 @@
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
@@ -15406,53 +15382,53 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент выполнил действия в соответствии с п. 6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
@@ -15472,54 +15448,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент на момент </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">начисления</w:t>
       </w:r>
@@ -15566,54 +15542,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- Клиент совершил Расходную операцию на любую сумму в течение 90 (девяносто) календарных дней, предшествующих выполнению Другом условий, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">предусмотренных</w:t>
       </w:r>
@@ -15660,54 +15636,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">;   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -15807,54 +15783,54 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">При выполнении Другом одновременно нескольких условий, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -16052,54 +16028,54 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">.4</w:t>
       </w:r>
@@ -16126,140 +16102,119 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок получения Клиентом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> при выполнении условий в соответствии с п</w:t>
       </w:r>
-      <w:commentRangeStart w:id="5"/>
-      <w:commentRangeStart w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:commentRangeStart w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">7.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="7"/>
-[...2 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:commentReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Банк начислит </w:t>
       </w:r>
@@ -16522,65 +16477,65 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1256"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6769"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Условие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, выполненное </w:t>
             </w:r>
@@ -16601,113 +16556,113 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">ом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество Бонусных баллов для Клиента</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспеч</w:t>
             </w:r>
             <w:r>
@@ -16790,156 +16745,156 @@
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">2000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспечено зачисление </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">на Карту </w:t>
             </w:r>
@@ -17032,199 +16987,199 @@
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">2000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней с момента получения Карты открыт в ДБО Вклад на сумму </w:t>
             </w:r>
             <w:r>
@@ -17424,114 +17379,114 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">750</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней с момента получения Карты открыт в ДБО Вклад на сумму </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">не менее</w:t>
             </w:r>
@@ -17742,116 +17697,116 @@
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="0"/>
         </w:trPr>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">в течение 5 (пять) календарных дней </w:t>
             </w:r>
             <w:r>
@@ -18058,652 +18013,618 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...27 lines deleted...]
-          <w:highlight w:val="none"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="0" w:firstLine="708"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Условия получения Другом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="1250"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...68 lines deleted...]
-          <w:highlight w:val="none"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Друг выполнил действия в соответствии с п. 6.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Первый период проведения Акции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во Второй период проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Друг выполнил действия в соответствии с п. 6.2.</w:t>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Друг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на момент </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">начисления</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">настоящих Правил проведения Акции</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">или</w:t>
+        <w:t xml:space="preserve">дополнительных Бонусных баллов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подключился</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">в соответствии с </w:t>
-[...68 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Программе лояльности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в порядке, определенном положениями Условий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программы лояльности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="0" w:right="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок получения Другом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="1250"/>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...120 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="708"/>
-[...84 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
           <w:tab w:val="left" w:pos="1560" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Другу, выполнив</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">шему условия в соответствии с п.п. 6.2,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -18835,112 +18756,112 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на Бонусный счет в течение 30 (тридцать) дней с момента выполнения указанных условий:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="709" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
           <w:tab w:val="left" w:pos="1560" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1256"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6628"/>
         <w:gridCol w:w="2976"/>
       </w:tblGrid>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6628" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Условие</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">, выполненное</w:t>
             </w:r>
@@ -18961,111 +18882,111 @@
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">ом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Количество Бонусных баллов для Друга</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6628" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспеч</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ено</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -19113,149 +19034,149 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
               <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:tblPrEx/>
         <w:trPr/>
-        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6628" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1559" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">обеспечено зачисление на Карту</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -19341,363 +19262,375 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">тысяч) рублей РФ.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
+              <w:jc w:val="both"/>
               <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
-            <w:textDirection w:val="lrTb"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="1250"/>
-              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">500</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
           <w:tab w:val="left" w:pos="1560" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...35 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...122 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142" w:leader="none"/>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
           <w:tab w:val="left" w:pos="1134" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информирования об услови</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ях проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аналогичен порядку, установленному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п. 2.1.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Условий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рограммы лояльности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142" w:leader="none"/>
+          <w:tab w:val="left" w:pos="851" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1134" w:leader="none"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Особые условия проведения Акции:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -19733,529 +19666,529 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="0" w:right="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Акция не является конкурсом, публичным обещанием награды, стимулирующей лотереей, участие в Акции не основано на риске и случайном выигрыше.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...45 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Клиентами (Реферерами) не могут являться работники </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фронт-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">офиса </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Банка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...69 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В расчете суммы Расходной опер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ации в соответствии с п.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил проведения Акции не учитываются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> операции, указанные в п. 3.3 Условий Программы лояльности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...113 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общее количество</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уникальных ссылок/QR-кодов, которые могут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> быть сформированы Клиентом в Период участия в Акции, не ограничено. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...57 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ор Акции в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">праве отказать в начислении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, если Участник Акции злоупотребляет и/или нарушает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения Акции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и/или совер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шает мошеннические действия, направленные на получение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительных Бонусных баллов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без фактического приобретения товаров и/или услуг в ТСП в целях личного потребления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...149 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">9.7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">Организатор Акции имеет право внести изменения в н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -20282,50 +20215,51 @@
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">, которые будут распространяться на Участников Акции после </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">вступления</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:r/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">соответствующих изменений</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> в силу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
@@ -20426,449 +20360,217 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условий Программы Лояльности.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:ind w:left="709" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="992" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="1" w:sep="0" w:space="708" w:equalWidth="1"/>
       <w:docGrid w:linePitch="360"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...240 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r/>
+      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="1264"/>
     </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+      <w:r/>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -20882,52 +20584,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -20951,52 +20653,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21012,52 +20714,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21081,52 +20783,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21142,52 +20844,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21211,52 +20913,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21272,52 +20974,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21333,52 +21035,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21394,52 +21096,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21455,52 +21157,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21516,52 +21218,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21577,52 +21279,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21638,52 +21340,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21699,52 +21401,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21760,52 +21462,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д», «выходн. пособ», «довольств», «премия», «премии», «вознагр», «труд.дог», «командировочн», «авторск. гонорар»,«содержан.судей», «компенсац. по уход».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1253"/>
+        <w:jc w:val="both"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1255"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денежные средства, поступающие Другу (Рефералу), которые в соответствии с Федеральным законом от 27.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -21857,50 +21559,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:r>
@@ -30284,68 +29987,54 @@
   </w:num>
   <w:num w:numId="57">
     <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="58">
     <w:abstractNumId w:val="57"/>
   </w:num>
   <w:num w:numId="59">
     <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="60">
     <w:abstractNumId w:val="59"/>
   </w:num>
   <w:num w:numId="61">
     <w:abstractNumId w:val="60"/>
   </w:num>
   <w:num w:numId="62">
     <w:abstractNumId w:val="61"/>
   </w:num>
   <w:num w:numId="63">
     <w:abstractNumId w:val="62"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="true"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numStart w:val="1"/>
     <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:pos w:val="docEnd"/>
     <w:numFmt w:val="lowerRoman"/>
     <w:numStart w:val="1"/>
     <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -30683,217 +30372,217 @@
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1075" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1076">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1088"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1077">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1089"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="360"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1078">
     <w:name w:val="Heading 3"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1090"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1079">
     <w:name w:val="Heading 4"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1091"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1080">
     <w:name w:val="Heading 5"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1092"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1081">
     <w:name w:val="Heading 6"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1093"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1082">
     <w:name w:val="Heading 7"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1094"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1083">
     <w:name w:val="Heading 8"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1095"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1084">
     <w:name w:val="Heading 9"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1096"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepLines/>
       <w:keepNext/>
-      <w:keepLines/>
       <w:spacing w:before="320"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1085" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="1086" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -31013,52 +30702,52 @@
     <w:name w:val="Заголовок 9 Знак"/>
     <w:basedOn w:val="1085"/>
     <w:link w:val="1084"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1097">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1098">
     <w:name w:val="Title"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1099"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
+      <w:contextualSpacing/>
       <w:spacing w:before="300"/>
-      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1099" w:customStyle="1">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="1085"/>
     <w:link w:val="1098"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1100">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1101"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="200"/>
@@ -31086,58 +30775,58 @@
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1103" w:customStyle="1">
     <w:name w:val="Цитата 2 Знак"/>
     <w:link w:val="1102"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1104">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:link w:val="1105"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
+      <w:ind w:left="720" w:right="720"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
       <w:pBdr>
         <w:top w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:left w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:right w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
-      <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1105" w:customStyle="1">
     <w:name w:val="Выделенная цитата Знак"/>
     <w:link w:val="1104"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1106" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="1085"/>
     <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="character" w:styleId="1107" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="1085"/>
     <w:uiPriority w:val="99"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1108">
     <w:name w:val="Caption"/>
@@ -31448,94 +31137,94 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1116">
     <w:name w:val="Grid Table 1 Light"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31967,1213 +31656,1213 @@
         <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1124" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1125" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1126" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1127" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1128" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1129" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1130">
     <w:name w:val="Grid Table 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1131" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1132" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1133" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1134" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1135" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1136" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1137">
     <w:name w:val="Grid Table 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -33183,57 +32872,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="cbcbcb" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1138" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
@@ -33260,57 +32949,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dce6f2" w:themeColor="accent1" w:themeTint="32" w:fill="dce6f2" w:themeFill="accent1" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1139" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
@@ -33337,57 +33026,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1140" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
@@ -33414,57 +33103,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1141" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
@@ -33491,57 +33180,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1142" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
@@ -33568,57 +33257,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1143" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
@@ -33645,57 +33334,57 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1144">
     <w:name w:val="Grid Table 5 Dark"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
@@ -33740,54 +33429,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1145" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="aec4e0" w:themeColor="accent1" w:themeTint="75" w:fill="aec4e0" w:themeFill="accent1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -33815,54 +33504,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1146" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="e2aead" w:themeColor="accent2" w:themeTint="75" w:fill="e2aead" w:themeFill="accent2" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -33890,54 +33579,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1147" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d0dfb2" w:themeColor="accent3" w:themeTint="75" w:fill="d0dfb2" w:themeFill="accent3" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -33965,54 +33654,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1148" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="c4b7d4" w:themeColor="accent4" w:themeTint="75" w:fill="c4b7d4" w:themeFill="accent4" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -34040,54 +33729,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1149" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="acd8e4" w:themeColor="accent5" w:themeTint="75" w:fill="acd8e4" w:themeFill="accent5" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -34115,54 +33804,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1150" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fbceaa" w:themeColor="accent6" w:themeTint="75" w:fill="fbceaa" w:themeFill="accent6" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -34190,54 +33879,54 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1151">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -34720,756 +34409,756 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1159" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1160" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1161" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1162" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1163" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1164" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1165">
     <w:name w:val="List Table 1 Light"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
@@ -37378,686 +37067,686 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1193">
     <w:name w:val="List Table 5 Dark"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1194" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1195" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1196" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1197" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1198" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1199" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
+        <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tcPr>
         <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
-      </w:tcPr>
-[...2 lines deleted...]
-      <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1200">
     <w:name w:val="List Table 6 Colorful"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
@@ -38560,738 +38249,738 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1208" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d2dfee" w:themeColor="accent1" w:themeTint="40" w:fill="d2dfee" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d2dfee" w:themeColor="accent1" w:themeTint="40" w:fill="d2dfee" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1209" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="efd2d2" w:themeColor="accent2" w:themeTint="40" w:fill="efd2d2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="efd2d2" w:themeColor="accent2" w:themeTint="40" w:fill="efd2d2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1210" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5eed5" w:themeColor="accent3" w:themeTint="40" w:fill="e5eed5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5eed5" w:themeColor="accent3" w:themeTint="40" w:fill="e5eed5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1211" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dfd8e7" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="dfd8e7" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1212" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d1eaf0" w:themeColor="accent5" w:themeTint="40" w:fill="d1eaf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d1eaf0" w:themeColor="accent5" w:themeTint="40" w:fill="d1eaf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1213" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde4d0" w:themeColor="accent6" w:themeTint="40" w:fill="fde4d0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde4d0" w:themeColor="accent6" w:themeTint="40" w:fill="fde4d0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="1214" w:customStyle="1">
     <w:name w:val="Lined - Accent"/>
     <w:basedOn w:val="1086"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -41092,155 +40781,155 @@
     <w:basedOn w:val="1085"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1239">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1240">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="283"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1241">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="567"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1242">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="850"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="850"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1243">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1134"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1134"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1244">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1417"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1417"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1245">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1701"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1701"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1246">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="1984"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="1984"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1247">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:ind w:left="2268"/>
       <w:spacing w:after="57"/>
-      <w:ind w:left="2268"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1248">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1249">
     <w:name w:val="table of figures"/>
     <w:basedOn w:val="1075"/>
     <w:next w:val="1075"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1250">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1271"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:pPr>
+      <w:contextualSpacing/>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1251">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1252"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1252" w:customStyle="1">
     <w:name w:val="Текст выноски Знак"/>
     <w:link w:val="1251"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Times New Roman" w:cs="Tahoma"/>
@@ -41377,52 +41066,52 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677" w:leader="none"/>
         <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="1265" w:customStyle="1">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:link w:val="1264"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1266">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1267"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
+      <w:jc w:val="both"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1267" w:customStyle="1">
     <w:name w:val="Основной текст с отступом Знак"/>
     <w:link w:val="1266"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1268">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1269"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
@@ -41463,127 +41152,127 @@
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1273" w:customStyle="1">
     <w:name w:val="Heading #1_"/>
     <w:basedOn w:val="1085"/>
     <w:link w:val="1274"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="50"/>
       <w:szCs w:val="50"/>
       <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1274" w:customStyle="1">
     <w:name w:val="Heading #1"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1273"/>
     <w:pPr>
+      <w:jc w:val="center"/>
+      <w:spacing w:after="600" w:line="0" w:lineRule="atLeast"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
       <w:widowControl w:val="off"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="50"/>
       <w:szCs w:val="50"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1275" w:customStyle="1">
     <w:name w:val="Body text (2)_"/>
     <w:basedOn w:val="1085"/>
     <w:link w:val="1276"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1276" w:customStyle="1">
     <w:name w:val="Body text (2)"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1275"/>
     <w:pPr>
+      <w:jc w:val="both"/>
+      <w:spacing w:before="600" w:after="300" w:line="620" w:lineRule="exact"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
       <w:widowControl w:val="off"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1277" w:customStyle="1">
     <w:name w:val="Текст сноски;Текст сноски Знак1;Текст сноски Знак Знак;Текст сноски Знак1 Знак Знак;Текст сноски Знак Знак Знак Знак;Знак Знак Знак Знак Знак;Текст сноски Знак Знак1;Текст сноски Знак2 Знак;Текст сноски Знак Знак1 Знак Знак;Знак11;Зн;Зна;З;fn;F"/>
     <w:basedOn w:val="1075"/>
     <w:link w:val="1278"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="1278" w:customStyle="1">
     <w:name w:val="Текст сноски Знак;Текст сноски Знак1 Знак;Текст сноски Знак Знак Знак;Текст сноски Знак1 Знак Знак Знак;Текст сноски Знак Знак Знак Знак Знак;Знак Знак Знак Знак Знак Знак;Текст сноски Знак Знак1 Знак;Текст сноски Знак2 Знак Знак;Знак11 Знак;Зн Знак"/>
     <w:basedOn w:val="1085"/>
     <w:link w:val="1277"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml" /><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" /><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" /><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" /><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>